--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\md\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11880"/>
   </bookViews>
   <sheets>
     <sheet name="비급여" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="90">
   <si>
     <t>블루비뇨기과 비급여 고지 양식</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>중분류</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>소분류</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>항목</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>코드</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>명칭</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
@@ -369,50 +369,58 @@
     <t>진단서</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>PDZ110004</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>PDZ110101</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>PDZ010000</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>PDZ090007</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>3Z5201003</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>MX0330000</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>베지코트 주사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>방광염 주사제</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
@@ -865,51 +873,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:L43"/>
+  <dimension ref="A1:L44"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection sqref="A1:L3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.140625" customWidth="1"/>
     <col min="2" max="2" width="13.28515625" customWidth="1"/>
     <col min="3" max="3" width="14.5703125" customWidth="1"/>
     <col min="4" max="4" width="20.28515625" style="6" customWidth="1"/>
     <col min="5" max="5" width="4.5703125" customWidth="1"/>
     <col min="6" max="6" width="10.85546875" style="9" customWidth="1"/>
     <col min="7" max="8" width="10.7109375" style="9" customWidth="1"/>
     <col min="9" max="9" width="4.7109375" customWidth="1"/>
     <col min="10" max="10" width="4.5703125" customWidth="1"/>
     <col min="11" max="11" width="28.85546875" style="6" customWidth="1"/>
     <col min="12" max="12" width="11.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12"/>
@@ -1509,357 +1517,381 @@
       <c r="D26" s="5" t="s">
         <v>43</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8">
         <v>15000</v>
       </c>
       <c r="H26" s="8">
         <v>100000</v>
       </c>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="5" t="s">
         <v>44</v>
       </c>
       <c r="L26" s="3"/>
     </row>
     <row r="27" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C27" s="3"/>
       <c r="D27" s="5" t="s">
-        <v>49</v>
+        <v>88</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="8"/>
       <c r="G27" s="8">
         <v>200000</v>
       </c>
-      <c r="H27" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="H27" s="8"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="5" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="L27" s="3"/>
     </row>
     <row r="28" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C28" s="3"/>
+      <c r="C28" s="3" t="s">
+        <v>86</v>
+      </c>
       <c r="D28" s="5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E28" s="3"/>
       <c r="F28" s="8"/>
       <c r="G28" s="8">
-        <v>50000</v>
-[...1 lines deleted...]
-      <c r="H28" s="8"/>
+        <v>200000</v>
+      </c>
+      <c r="H28" s="8">
+        <v>600000</v>
+      </c>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="5" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="L28" s="3"/>
     </row>
     <row r="29" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C29" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="C29" s="3"/>
       <c r="D29" s="5" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E29" s="3"/>
-      <c r="F29" s="8">
+      <c r="F29" s="8"/>
+      <c r="G29" s="8">
         <v>50000</v>
       </c>
-      <c r="G29" s="8"/>
       <c r="H29" s="8"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
-      <c r="K29" s="5"/>
+      <c r="K29" s="5" t="s">
+        <v>71</v>
+      </c>
       <c r="L29" s="3"/>
     </row>
     <row r="30" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C30" s="3">
-        <v>641106001</v>
+        <v>690300381</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E30" s="3"/>
       <c r="F30" s="8">
-        <v>350000</v>
+        <v>50000</v>
       </c>
       <c r="G30" s="8"/>
       <c r="H30" s="8"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="5"/>
       <c r="L30" s="3"/>
     </row>
     <row r="31" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="C31" s="3"/>
+        <v>59</v>
+      </c>
+      <c r="C31" s="3">
+        <v>641106001</v>
+      </c>
       <c r="D31" s="5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E31" s="3"/>
       <c r="F31" s="8">
-        <v>15000</v>
+        <v>350000</v>
       </c>
       <c r="G31" s="8"/>
       <c r="H31" s="8"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="5"/>
       <c r="L31" s="3"/>
     </row>
     <row r="32" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="5" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="E32" s="3"/>
-      <c r="F32" s="8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F32" s="8">
+        <v>15000</v>
+      </c>
+      <c r="G32" s="8"/>
       <c r="H32" s="8"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="5"/>
       <c r="L32" s="3"/>
     </row>
     <row r="33" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="E33" s="3"/>
-      <c r="F33" s="8">
-[...2 lines deleted...]
-      <c r="G33" s="8"/>
+      <c r="F33" s="8"/>
+      <c r="G33" s="8">
+        <v>100000</v>
+      </c>
       <c r="H33" s="8"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="5"/>
       <c r="L33" s="3"/>
     </row>
     <row r="34" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="5" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E34" s="3"/>
       <c r="F34" s="8">
-        <v>5000</v>
+        <v>30000</v>
       </c>
       <c r="G34" s="8"/>
       <c r="H34" s="8"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="5"/>
       <c r="L34" s="3"/>
     </row>
     <row r="35" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="5" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E35" s="3"/>
-      <c r="F35" s="8"/>
-[...5 lines deleted...]
-      </c>
+      <c r="F35" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G35" s="8"/>
+      <c r="H35" s="8"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
-      <c r="K35" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K35" s="5"/>
       <c r="L35" s="3"/>
     </row>
     <row r="36" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="C36" s="3"/>
       <c r="D36" s="5" t="s">
-        <v>81</v>
+        <v>54</v>
       </c>
       <c r="E36" s="3"/>
-      <c r="F36" s="8">
-[...3 lines deleted...]
-      <c r="H36" s="8"/>
+      <c r="F36" s="8"/>
+      <c r="G36" s="8">
+        <v>10000</v>
+      </c>
+      <c r="H36" s="8">
+        <v>50000</v>
+      </c>
       <c r="I36" s="3"/>
       <c r="J36" s="3"/>
-      <c r="K36" s="5"/>
+      <c r="K36" s="5" t="s">
+        <v>78</v>
+      </c>
       <c r="L36" s="3"/>
     </row>
     <row r="37" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="E37" s="3"/>
       <c r="F37" s="8">
-        <v>1000</v>
+        <v>20000</v>
       </c>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="5"/>
       <c r="L37" s="3"/>
     </row>
     <row r="38" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E38" s="3"/>
       <c r="F38" s="8">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="G38" s="8"/>
       <c r="H38" s="8"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="5"/>
       <c r="L38" s="3"/>
     </row>
     <row r="39" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E39" s="3"/>
       <c r="F39" s="8">
-        <v>10000</v>
+        <v>3000</v>
       </c>
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="5"/>
       <c r="L39" s="3"/>
     </row>
-    <row r="40" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="41" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="40" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E40" s="3"/>
+      <c r="F40" s="8">
+        <v>10000</v>
+      </c>
+      <c r="G40" s="8"/>
+      <c r="H40" s="8"/>
+      <c r="I40" s="3"/>
+      <c r="J40" s="3"/>
+      <c r="K40" s="5"/>
+      <c r="L40" s="3"/>
+    </row>
+    <row r="41" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="44" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="A1:L3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:J4"/>
     <mergeCell ref="K4:K5"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>워크시트</vt:lpstr>